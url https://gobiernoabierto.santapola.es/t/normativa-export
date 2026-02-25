--- v0 (2025-11-19)
+++ v1 (2026-02-25)
@@ -12,140 +12,128 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>nombre</t>
   </si>
   <si>
     <t>tipo</t>
   </si>
   <si>
     <t>objeto</t>
   </si>
   <si>
     <t>estado_tramitacion</t>
   </si>
   <si>
     <t>participacion_ciudadana</t>
   </si>
   <si>
     <t>fecha_entrada_vigor</t>
   </si>
   <si>
     <t>fecha_derogacion</t>
   </si>
   <si>
     <t>documentacion_tramitacion</t>
   </si>
   <si>
     <t>documentacion_modificaciones</t>
   </si>
   <si>
     <t>sentencias</t>
   </si>
   <si>
     <t>documentacion_definitiva</t>
   </si>
   <si>
     <t>documento_id</t>
   </si>
   <si>
-    <t>Reglamento por el que se articula la evaluación del desempeño y rendimiento y carrera profesional horizontal del personal del Ayuntamiento de Santa Pola</t>
+    <t>Impuesto sobre Vehículos de Tracción Mecánica</t>
+  </si>
+  <si>
+    <t>Ordenanza fiscal</t>
+  </si>
+  <si>
+    <t>Aprobación inicial</t>
+  </si>
+  <si>
+    <t>27-07-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://gobiernoabierto.santapola.es/storage/uploads/166486724801.%20Informe%20Ejecutivo.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486724802.%20O.F.%20IMPUESTO%20SOBRE%20VEHICULOS%20DE%20TRACCION%20MECANICA%20ACTUAL.pdf , 166486724803. O.F. IMPUESTO SOBRE VEHICULOS DE TRACCION MECANICA PROPUESTA.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486724804.%20PROVIDENCIA%20DE%20ALCALDIA.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486724905.%20INFORME%20DE%20SECRETARIA.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486724806.%20INFORME%20PROPUESTA%20DE%20TESORERIA.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486724807.%20Propuesta%20de%20Resolucion%20PR20224148.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486724808.%20Certificado%20de%20acuerdo%20Comisi%C3%B3n%20Informativa.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486724809.%20Certificado%20de%20acuerdo%20Pleno.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486724910.%20Anuncio%20de%20aprobacion%20provisional.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486724811.%20BOP-ANUNCIO%20APROBACION%20INICIAL.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486724913.%20Certificado%20de%20publicacion%20en%20tablon%20de%20anuncios.pdf , </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tasa por ocupación de terrenos de uso público con mesas, sillas y elementos análogos, con finalidad lucrativa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://gobiernoabierto.santapola.es/storage/uploads/166486860101.%20Informe%20Ejecutivo.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486860202.%20O.F.%20TASA%20POR%20OCUPACION%20DE%20TERRENOS%20DE%20USO%20P%C3%9ABLICO(actual).pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486860103.%20O.F.%20TASA%20POR%20OCUPACION%20DE%20TERRENOS%20DE%20USO%20P%C3%9ABLICO%20(nueva).pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487092305.%20INFORME%20DE%20SECRETARIA%20TOTUP.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487092406.%20INFORME%20PROPUESTA%20DE%20TESORERIA%20TOTUP.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486860207.%20Propuesta%20de%20Resolucion%20PR20224149.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486860108.%20Certificado%20de%20acuerdo%20Comisi%C3%B3n%20Informativa.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486860209.%20Certificado%20de%20acuerdo%20Pleno.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486860210.%20Anuncio%20de%20aprobacion%20provisional.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486860011.%20Publicacion%20BOP.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166486860213.%20Certificado%20de%20publicacion%20en%20tablon%20de%20anuncios.pdf , </t>
+  </si>
+  <si>
+    <t>Reglamento de Gestión de las Colonias Felinas</t>
   </si>
   <si>
     <t>Reglamento</t>
   </si>
   <si>
-    <t>Aprobación inicial</t>
-[...25 lines deleted...]
-  <si>
     <t>Aprobación definitiva</t>
   </si>
   <si>
     <t>21-12-2021</t>
   </si>
   <si>
     <t xml:space="preserve">https://gobiernoabierto.santapola.es/storage/uploads/166487431701-CONSULTA%20P%C3%9ABLICA%20PREVIA%20(20210224)%20REGLACANINO.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487431702-PROPUESTA%20APROBACI%C3%93N%20CONCEJAL%20(20211115)%20REGLACANINO.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487431603-INFORME%20FAVORABLE%20TAG%20(20211116)%20REGLACANINO.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487431704-Informe%20Vicesecretario%20(20211214)%20REGLACANINO.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487431605-Certificado%20de%20acuerdo%20Comisi%C3%B3n%20Informativa%20(20211214)%20REGLACANINO.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487431606-Certificado%20de%20acuerdo%20Pleno%20(20211221)%20REGLACANINO.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487431607-EDICTO%20EXPOSICI%C3%93N%20P%C3%9ABLICA%20(20220104)%20REGLACANINO.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487431708-INFORME%20NO%20ALEGACIONES%20(20220207)%20REGLACANINO.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487431609-CERTIFICADO%20NO%20ALEGACIONES%20(20220208)%20REGLACANINO.pdf , </t>
   </si>
   <si>
     <t xml:space="preserve">https://gobiernoabierto.santapola.es/storage/uploads/166487431710-EDICTO%20APROBACI%C3%93N%20DEFINITIVA%20(20220307)%20REGLACANINO.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487431711-Publicaci%C3%B3n%20en%20BOP%20(20220311)%20REGLACANINO.pdf , </t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">https://gobiernoabierto.santapola.es/storage/uploads/166487252102.%20O.F.%20TASA%20POR%20RECOGIDA%20DE%20BASURAS%20ACTUAL.TRB%20(23079_2021.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487252003.%20O.F.%20TASA%20POR%20RECOGIDA%20DE%20BASURAS%20NUEVA.TRB%20(23079_2021.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487252004.%20Providencia%20de%20Alcaldia.TRB%20(23079_2021.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487252205.%20Informe%20de%20Secretaria.TRB%20(23079_2021.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487252206.%20Estudio%20economico.TRB%20(23079_2021.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487252007.%20Informe%20Intervenci%C3%B3n.TRB%20(23079_2021.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487252008.%20Propuesta%20de%20Resolucion%20PR20223339.TRB%20(23079_2021.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487252009.%20Certificado%20de%20acuerdo%20Comisi%C3%B3n%20Informativa.TRB%20(23079_2021.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487252110.%20Certificado%20de%20acuerdo%20Pleno.TRB%20(23079_2021.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487252211.%20Informaci%C3%B3n%20p%C3%BAblica%20aprobacion%20provisional.TRB%20(23079_2021.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487252112.%20BOP-Publicacion%20aprobacion%20provisional.TRB%20(23079_2021.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487252213.%20Certificado%20publicacion%20en%20tablon%20de%20anuncios.TRB%20(23079_2021.pdf , </t>
   </si>
   <si>
     <t>Ordenanza Municipal contra la Contaminación Acústica</t>
   </si>
   <si>
     <t>Ordenanza reguladora</t>
   </si>
   <si>
     <t xml:space="preserve">https://gobiernoabierto.santapola.es/storage/uploads/166487327001-Providencia%20incoaci%C3%B3n%20expediente%20(20220805)%20OMACUSTICA.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1734083643Consulta%20p%C3%BAblica%20y%20borrador%20ordenanza%20municipal%20(20220808)%20OMACUSTICA%20Anonimizado.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487327003-Certificado%20de%20Auditor%C3%ADa%20de%20publicaci%C3%B3n%20en%20tabl%C3%B3n%20de%20anuncios%20(20220907)%20OMACUSTICA.pdf , https://gobiernoabierto.santapola.es/storage/uploads/166487326904-Informe%20TAG%20no%20recepci%C3%B3n%20iniciativa%20de%20participaci%C3%B3n%20p%C3%BAblica%20(20220922)%20OMACUSTICA.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1666593942do%20de%20acuerdo%20NORMAACUSTICA.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1666593942o%20recepci%C3%B3n%20iniciativa%20de%20participaci%C3%B3n%20p%C3%BAblica%2020.09.2022%20NORMAACUSTICA.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1666593943%20aprobaci%C3%B3n%20NORMAACUSTICA.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1666593943%20de%20Resoluci%C3%B3n%20PR_2022_6148%20NORMAACUSTICA.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1666593943ur%C3%ADdico_Informe%20favorable%2010.10.2022%20NORMAACUSTICA.pdf , </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -489,67 +477,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z7"/>
+  <dimension ref="A1:Z5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
-    <col min="2" max="2" width="180" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
+    <col min="2" max="2" width="130" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="1905" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="1603" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="312" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="15" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
@@ -568,177 +556,137 @@
       <c r="K1" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>2368</v>
+        <v>695</v>
       </c>
       <c r="B2" t="s">
         <v>13</v>
       </c>
       <c r="C2" t="s">
         <v>14</v>
       </c>
       <c r="E2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
         <v>16</v>
       </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
       <c r="M2">
-        <v>60056</v>
+        <v>12939</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
+        <v>16</v>
+      </c>
+      <c r="I3" t="s">
         <v>19</v>
       </c>
-      <c r="I3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M3">
-        <v>12939</v>
+        <v>12951</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G4" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="I4" t="s">
-        <v>22</v>
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
       </c>
       <c r="M4">
-        <v>12951</v>
+        <v>12991</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="B5" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E5" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="M5">
-        <v>12991</v>
-[...38 lines deleted...]
-      <c r="M7">
         <v>42173</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>