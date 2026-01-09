--- v0 (2025-10-05)
+++ v1 (2026-01-09)
@@ -44,63 +44,63 @@
   <si>
     <t>cuantia</t>
   </si>
   <si>
     <t>documento_id</t>
   </si>
   <si>
     <t>pmc</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
     <t>yearm</t>
   </si>
   <si>
     <t>30-06-2025</t>
   </si>
   <si>
     <t>29,27</t>
   </si>
   <si>
-    <t>https://gobiernoabierto.santapola.es/storage/uploads/1758610480Informe sobre el Cálculo del Periodo Medio de Pago _ 2º Trimestre 2025._Censurado.pdf</t>
+    <t>https://gobiernoabierto.santapola.es/storage/uploads/1765361209Informe sobre el Cálculo del Periodo Medio de Pago _ 2º Trimestre_Censurado.pdf</t>
   </si>
   <si>
     <t>PMP 2º Trimestre 2025</t>
   </si>
   <si>
     <t>06-2025</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>https://gobiernoabierto.santapola.es/storage/uploads/1758611096Informe sobre el cumplimiento de la ley de medidas de lucha contra la morosidad- 4º TRIM. 2024._Censurado.pdf</t>
+    <t>https://gobiernoabierto.santapola.es/storage/uploads/1765361194Informe sobre el cumplimiento de la ley de medidas de lucha contra la morosidad_2º Trimestre_Censurado.pdf</t>
   </si>
   <si>
     <t>Informe de Morosidad 2º Trimestre 2025</t>
   </si>
   <si>
     <t>31-03-2025</t>
   </si>
   <si>
     <t>30,16</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/1758610452Informe sobre el cálculo del periodo medio de pago- 1º TRIM. 2025._Censurado.pdf</t>
   </si>
   <si>
     <t>PMP 1er Trimestre 2025</t>
   </si>
   <si>
     <t>03-2025</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/1758611058Informe sobre el cumplimiento de la ley de medidas de lucha contra la morosidad- 1º TRIM. 2025._Censurado.pdf</t>
   </si>
   <si>
     <t>Informe de Morosidad 1er Trimestre 2025</t>
   </si>