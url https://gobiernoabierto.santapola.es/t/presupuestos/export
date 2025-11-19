--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>aprobacion_inicial</t>
   </si>
   <si>
     <t>aprobacion_definitiva</t>
   </si>
   <si>
     <t>alegaciones</t>
   </si>
   <si>
     <t>presupuesto_de_ingresos</t>
   </si>
   <si>
     <t>presupuesto_de_gastos</t>
   </si>
   <si>
     <t>memoria</t>
   </si>
   <si>
@@ -119,78 +119,90 @@
   <si>
     <t>cap_5_ingresos</t>
   </si>
   <si>
     <t>cap_6_ingresos</t>
   </si>
   <si>
     <t>cap_7_ingresos</t>
   </si>
   <si>
     <t>cap_8_ingresos</t>
   </si>
   <si>
     <t>cap_9_ingresos</t>
   </si>
   <si>
     <t>liquidacion</t>
   </si>
   <si>
     <t>anexos</t>
   </si>
   <si>
     <t>entidades_participadas</t>
   </si>
   <si>
-    <t>2025 (Prórroga)</t>
+    <t>https://gobiernoabierto.santapola.es/storage/uploads/1761203792Lineas%20Fundamentales%20Presup._RESOLUCION.doc</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/1739195634Decreto%20aprobado%20Pr%C3%B3rroga%20Presup.%20para%202025_Censurado.pdf</t>
   </si>
   <si>
-    <t>https://gobiernoabierto.santapola.es/storage/uploads/1739195639Informe%20de%20Control%20Permanente%20previo%20de%20aprobaci%C3%B3n%20de%20ajustes%20a%20la%20baja%20para%20pr%C3%B3rroga%20presupuestaria%202025_Censurado.pdf</t>
-[...20 lines deleted...]
-    <t>6902898,51</t>
+    <t>https://gobiernoabierto.santapola.es/storage/uploads/1761202384Aprobaci%C3%B3n%20Definitiva%20publicaci%C3%B3n%20BOP.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.santapola.es/storage/uploads/17612036729_Bases%20Ejecuci%C3%B3n%202025.doc</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.santapola.es/storage/uploads/1739195639Informe%20de%20Control%20Permanente%20previo%20de%20aprobaci%C3%B3n%20de%20ajustes%20a%20la%20baja%20para%20pr%C3%B3rroga%20presupuestaria%202025_Censurado.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1761203381Informe%20EPSF%20Presupuesto%202025.docx</t>
+  </si>
+  <si>
+    <t>58155081,36</t>
+  </si>
+  <si>
+    <t>20446328,31</t>
+  </si>
+  <si>
+    <t>21103295,05</t>
+  </si>
+  <si>
+    <t>96008,29</t>
+  </si>
+  <si>
+    <t>3642598,39</t>
+  </si>
+  <si>
+    <t>20285437,06</t>
+  </si>
+  <si>
+    <t>9610331,18</t>
+  </si>
+  <si>
+    <t>13233134,36</t>
+  </si>
+  <si>
+    <t>1682178,76</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/1717149947Aprobaci%C3%B3n%20Definitiva%20BOP%20Presupuesto%202024.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1738741533Pr%C3%B3rroga%20Presupuestaria_Censurado.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/1734350357Bases%20de%20Ejecuci%C3%B3n%20Conjunta%202024%20Anonimizado.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1714995974estado%20ejecucion%201%20trimestre.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1739196554estado%20ejecucion%202%20trimestre%202024.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1739196552estado%20ejecucion%203%20trimestre%202024.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1739196553estado%20ejecucion%204%20trimestre%202024.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/1711455998Objetivo%20Estab.%20Presup.%20y%20Sostenib.%20Financiera_trimestrales_2023_.xlsx , https://gobiernoabierto.santapola.es/storage/uploads/1738741674Resoluci%C3%B3n_de%20Alcald%C3%ADa%C2%A0_DECRETO%202024-0044_%20Pr%C3%B3rroga%20Presupuestaria_Censurado.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1719398774Santa%20Pola-2023-Informe%20Estabilidad%20(consolidado).docx , https://gobiernoabierto.santapola.es/storage/uploads/1734350356Informe%20Econ%C3%B3mico-financiero%20Anonimizado.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1734350356Informe%20intervencion%20presupuesto%202024%20Anonimizado.pdf</t>
   </si>
   <si>
     <t>46.007.829,35</t>
   </si>
   <si>
     <t>19.390.480,53</t>
   </si>
   <si>
     <t>17.209.524,00</t>
   </si>
   <si>
     <t>138.935,26</t>
   </si>
   <si>
     <t>3.028.421,51</t>
   </si>
@@ -204,50 +216,53 @@
     <t>200.000,00</t>
   </si>
   <si>
     <t>284.168,05</t>
   </si>
   <si>
     <t>19.207.850,84</t>
   </si>
   <si>
     <t>1.150.000,00</t>
   </si>
   <si>
     <t>6.902.898,51</t>
   </si>
   <si>
     <t>12.667.080,00</t>
   </si>
   <si>
     <t>770.000,00</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>5.110.000,00</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.santapola.es/storage/uploads/1761202969Santa%20Pola-2024-Infintliqu.docx</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/167584323401.60.-edicto-aprobacion-incial-presupuesto-2023-PRE23.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/167584323402.-edicto-anuncio-de-aprobacion-definitiva-presupuesto-2023-PRE23.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/167584323403.-certificado-no-alegaciones-PRE23.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/167584323406.46.-presupuesto-ingresos-2023-PRE23.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/167584323305.44.-presupuesto-gastos-2023-PRE23.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/167584323507.22.-memoria-explicativa-del-proyecto-de-presupuesto-PRE23.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/167584323508.48.-bases-de-ejecucion-conjunta-2023-PRE23.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/167584323410.53.-informe-2022-3769-informe-de-intervencion-exp-32468-presupuesto-20-PRE23.pdf , https://gobiernoabierto.santapola.es/storage/uploads/167584323409.42.-informe-economico-financiero-PRE23.pdf</t>
   </si>
@@ -867,61 +882,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI9"/>
+  <dimension ref="A1:AI10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AF1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="2"/>
     <col min="2" max="2" width="18" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="160" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="279" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="957" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="304" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="704" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="155" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="665" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="1796" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="462" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="2183" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="17" bestFit="true" customWidth="true" style="0"/>
@@ -1021,578 +1036,604 @@
       </c>
       <c r="AC1" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="2">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="B2" t="s">
+        <v>332</v>
+      </c>
+      <c r="B2">
+        <v>2026</v>
+      </c>
+      <c r="J2" t="s">
         <v>35</v>
-      </c>
-[...58 lines deleted...]
-        <v>5110000</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" s="2">
-        <v>156</v>
+        <v>245</v>
       </c>
       <c r="B3">
-        <v>2024</v>
+        <v>2025</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
       </c>
       <c r="D3" t="s">
+        <v>37</v>
+      </c>
+      <c r="I3" t="s">
+        <v>38</v>
+      </c>
+      <c r="J3" t="s">
+        <v>39</v>
+      </c>
+      <c r="M3" t="s">
+        <v>40</v>
+      </c>
+      <c r="N3" t="s">
+        <v>41</v>
+      </c>
+      <c r="O3" t="s">
+        <v>42</v>
+      </c>
+      <c r="P3" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>44</v>
+      </c>
+      <c r="R3">
+        <v>15000</v>
+      </c>
+      <c r="S3">
+        <v>12578000</v>
+      </c>
+      <c r="T3">
+        <v>0</v>
+      </c>
+      <c r="U3">
+        <v>200000</v>
+      </c>
+      <c r="V3">
+        <v>73851</v>
+      </c>
+      <c r="W3" t="s">
+        <v>40</v>
+      </c>
+      <c r="X3" t="s">
         <v>45</v>
       </c>
-      <c r="I3" t="s">
+      <c r="Y3">
+        <v>1350000</v>
+      </c>
+      <c r="Z3" t="s">
         <v>46</v>
       </c>
-      <c r="J3" t="s">
+      <c r="AA3" t="s">
         <v>47</v>
       </c>
-      <c r="M3" t="s">
+      <c r="AB3" t="s">
         <v>48</v>
       </c>
-      <c r="N3" t="s">
-[...54 lines deleted...]
-        <v>63</v>
+      <c r="AC3">
+        <v>0</v>
+      </c>
+      <c r="AD3">
+        <v>0</v>
+      </c>
+      <c r="AE3">
+        <v>200000</v>
+      </c>
+      <c r="AF3">
+        <v>11794000</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" s="2">
-        <v>110</v>
+        <v>156</v>
       </c>
       <c r="B4">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="C4" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D4" t="s">
+        <v>49</v>
+      </c>
+      <c r="I4" t="s">
+        <v>50</v>
+      </c>
+      <c r="J4" t="s">
+        <v>51</v>
+      </c>
+      <c r="M4" t="s">
+        <v>52</v>
+      </c>
+      <c r="N4" t="s">
+        <v>53</v>
+      </c>
+      <c r="O4" t="s">
+        <v>54</v>
+      </c>
+      <c r="P4" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>56</v>
+      </c>
+      <c r="R4">
+        <v>0.0</v>
+      </c>
+      <c r="S4" t="s">
+        <v>57</v>
+      </c>
+      <c r="T4" t="s">
+        <v>58</v>
+      </c>
+      <c r="U4" t="s">
+        <v>59</v>
+      </c>
+      <c r="V4" t="s">
+        <v>60</v>
+      </c>
+      <c r="W4" t="s">
+        <v>52</v>
+      </c>
+      <c r="X4" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>63</v>
+      </c>
+      <c r="AA4" t="s">
         <v>64</v>
       </c>
-      <c r="D4" t="s">
+      <c r="AB4" t="s">
         <v>65</v>
       </c>
-      <c r="E4" t="s">
+      <c r="AC4" t="s">
         <v>66</v>
       </c>
-      <c r="F4" t="s">
+      <c r="AD4" t="s">
+        <v>66</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>59</v>
+      </c>
+      <c r="AF4" t="s">
         <v>67</v>
       </c>
-      <c r="G4" t="s">
+      <c r="AG4" t="s">
         <v>68</v>
-      </c>
-[...76 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" s="2">
-        <v>33</v>
+        <v>110</v>
       </c>
       <c r="B5">
-        <v>2022</v>
+        <v>2023</v>
+      </c>
+      <c r="C5" t="s">
+        <v>69</v>
+      </c>
+      <c r="D5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E5" t="s">
+        <v>71</v>
+      </c>
+      <c r="F5" t="s">
+        <v>72</v>
+      </c>
+      <c r="G5" t="s">
+        <v>73</v>
+      </c>
+      <c r="H5" t="s">
+        <v>74</v>
+      </c>
+      <c r="I5" t="s">
+        <v>75</v>
       </c>
       <c r="J5" t="s">
+        <v>76</v>
+      </c>
+      <c r="K5" t="s">
+        <v>77</v>
+      </c>
+      <c r="L5" t="s">
+        <v>78</v>
+      </c>
+      <c r="M5" t="s">
+        <v>79</v>
+      </c>
+      <c r="N5" t="s">
+        <v>80</v>
+      </c>
+      <c r="O5" t="s">
+        <v>81</v>
+      </c>
+      <c r="P5" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>83</v>
+      </c>
+      <c r="S5" t="s">
+        <v>84</v>
+      </c>
+      <c r="T5">
+        <v>39.8</v>
+      </c>
+      <c r="U5">
+        <v>120.0</v>
+      </c>
+      <c r="V5" t="s">
+        <v>85</v>
+      </c>
+      <c r="W5" t="s">
+        <v>79</v>
+      </c>
+      <c r="X5" t="s">
+        <v>86</v>
+      </c>
+      <c r="Y5">
+        <v>785.0</v>
+      </c>
+      <c r="Z5" t="s">
         <v>87</v>
       </c>
-      <c r="L5" t="s">
+      <c r="AA5" t="s">
         <v>88</v>
       </c>
-      <c r="M5" t="s">
-[...45 lines deleted...]
-        <v>102</v>
+      <c r="AB5">
+        <v>516.2</v>
       </c>
       <c r="AC5">
         <v>0</v>
       </c>
       <c r="AD5">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>104</v>
+        <v>90.0</v>
+      </c>
+      <c r="AE5">
+        <v>120.0</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>89</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>90</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>91</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" s="2">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6">
+        <v>2022</v>
+      </c>
+      <c r="J6" t="s">
+        <v>92</v>
+      </c>
+      <c r="L6" t="s">
+        <v>93</v>
+      </c>
+      <c r="M6" t="s">
+        <v>94</v>
+      </c>
+      <c r="N6" t="s">
+        <v>95</v>
+      </c>
+      <c r="O6" t="s">
+        <v>96</v>
+      </c>
+      <c r="P6" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>98</v>
+      </c>
+      <c r="R6">
+        <v>0</v>
+      </c>
+      <c r="S6" t="s">
+        <v>99</v>
+      </c>
+      <c r="T6">
+        <v>0</v>
+      </c>
+      <c r="U6" t="s">
+        <v>100</v>
+      </c>
+      <c r="V6" t="s">
+        <v>101</v>
+      </c>
+      <c r="W6" t="s">
+        <v>102</v>
+      </c>
+      <c r="X6" t="s">
+        <v>103</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>104</v>
+      </c>
+      <c r="Z6" t="s">
         <v>105</v>
       </c>
-      <c r="F6" t="s">
+      <c r="AA6" t="s">
         <v>106</v>
       </c>
-      <c r="G6" t="s">
+      <c r="AB6" t="s">
         <v>107</v>
       </c>
-      <c r="J6" t="s">
+      <c r="AC6">
+        <v>0</v>
+      </c>
+      <c r="AD6">
+        <v>0</v>
+      </c>
+      <c r="AE6" t="s">
         <v>108</v>
       </c>
-      <c r="L6" t="s">
+      <c r="AF6">
+        <v>0</v>
+      </c>
+      <c r="AH6" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" s="2">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>110</v>
+      </c>
+      <c r="F7" t="s">
         <v>111</v>
       </c>
-      <c r="D7" t="s">
+      <c r="G7" t="s">
         <v>112</v>
       </c>
-      <c r="E7" t="s">
+      <c r="J7" t="s">
         <v>113</v>
       </c>
-      <c r="F7" t="s">
+      <c r="L7" t="s">
         <v>114</v>
       </c>
-      <c r="G7" t="s">
+      <c r="AI7" t="s">
         <v>115</v>
-      </c>
-[...73 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" s="2">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B8">
-        <v>2020</v>
+        <v>2021</v>
+      </c>
+      <c r="C8" t="s">
+        <v>116</v>
+      </c>
+      <c r="D8" t="s">
+        <v>117</v>
+      </c>
+      <c r="E8" t="s">
+        <v>118</v>
       </c>
       <c r="F8" t="s">
+        <v>119</v>
+      </c>
+      <c r="G8" t="s">
+        <v>120</v>
+      </c>
+      <c r="H8" t="s">
+        <v>121</v>
+      </c>
+      <c r="I8" t="s">
+        <v>122</v>
+      </c>
+      <c r="J8" t="s">
+        <v>123</v>
+      </c>
+      <c r="K8" t="s">
+        <v>124</v>
+      </c>
+      <c r="L8" t="s">
+        <v>125</v>
+      </c>
+      <c r="M8" t="s">
+        <v>126</v>
+      </c>
+      <c r="N8" t="s">
+        <v>95</v>
+      </c>
+      <c r="O8" t="s">
+        <v>127</v>
+      </c>
+      <c r="P8" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>129</v>
+      </c>
+      <c r="S8" t="s">
+        <v>130</v>
+      </c>
+      <c r="U8" t="s">
+        <v>108</v>
+      </c>
+      <c r="V8" t="s">
+        <v>131</v>
+      </c>
+      <c r="W8" t="s">
+        <v>126</v>
+      </c>
+      <c r="X8" t="s">
+        <v>103</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>104</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>132</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>133</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>107</v>
+      </c>
+      <c r="AD8" t="s">
         <v>134</v>
       </c>
-      <c r="G8" t="s">
+      <c r="AE8" t="s">
+        <v>108</v>
+      </c>
+      <c r="AF8" t="s">
         <v>135</v>
       </c>
-      <c r="J8" t="s">
+      <c r="AG8" t="s">
         <v>136</v>
       </c>
-      <c r="L8" t="s">
+      <c r="AH8" t="s">
         <v>137</v>
       </c>
-      <c r="M8" t="s">
+      <c r="AI8" t="s">
         <v>138</v>
-      </c>
-[...49 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" s="2">
+        <v>29</v>
+      </c>
+      <c r="B9">
+        <v>2020</v>
+      </c>
+      <c r="F9" t="s">
+        <v>139</v>
+      </c>
+      <c r="G9" t="s">
+        <v>140</v>
+      </c>
+      <c r="J9" t="s">
+        <v>141</v>
+      </c>
+      <c r="L9" t="s">
+        <v>142</v>
+      </c>
+      <c r="M9" t="s">
+        <v>143</v>
+      </c>
+      <c r="N9" t="s">
+        <v>144</v>
+      </c>
+      <c r="O9" t="s">
+        <v>145</v>
+      </c>
+      <c r="P9" t="s">
+        <v>146</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>147</v>
+      </c>
+      <c r="R9" t="s">
+        <v>148</v>
+      </c>
+      <c r="S9" t="s">
+        <v>149</v>
+      </c>
+      <c r="T9" t="s">
+        <v>150</v>
+      </c>
+      <c r="U9" t="s">
+        <v>151</v>
+      </c>
+      <c r="V9" t="s">
+        <v>152</v>
+      </c>
+      <c r="W9" t="s">
+        <v>153</v>
+      </c>
+      <c r="X9" t="s">
+        <v>154</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>155</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>156</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>157</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>158</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>159</v>
+      </c>
+      <c r="AI9" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="10" spans="1:35">
+      <c r="A10" s="2">
         <v>30</v>
       </c>
-      <c r="B9">
+      <c r="B10">
         <v>2019</v>
       </c>
-      <c r="J9" t="s">
-[...3 lines deleted...]
-        <v>157</v>
+      <c r="J10" t="s">
+        <v>161</v>
+      </c>
+      <c r="L10" t="s">
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">