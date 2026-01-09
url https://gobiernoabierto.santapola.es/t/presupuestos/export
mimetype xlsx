--- v1 (2025-11-19)
+++ v2 (2026-01-09)
@@ -128,141 +128,141 @@
   <si>
     <t>cap_8_ingresos</t>
   </si>
   <si>
     <t>cap_9_ingresos</t>
   </si>
   <si>
     <t>liquidacion</t>
   </si>
   <si>
     <t>anexos</t>
   </si>
   <si>
     <t>entidades_participadas</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/1761203792Lineas%20Fundamentales%20Presup._RESOLUCION.doc</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/1739195634Decreto%20aprobado%20Pr%C3%B3rroga%20Presup.%20para%202025_Censurado.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/1761202384Aprobaci%C3%B3n%20Definitiva%20publicaci%C3%B3n%20BOP.pdf</t>
   </si>
   <si>
-    <t>https://gobiernoabierto.santapola.es/storage/uploads/17612036729_Bases%20Ejecuci%C3%B3n%202025.doc</t>
-[...2 lines deleted...]
-    <t>https://gobiernoabierto.santapola.es/storage/uploads/1739195639Informe%20de%20Control%20Permanente%20previo%20de%20aprobaci%C3%B3n%20de%20ajustes%20a%20la%20baja%20para%20pr%C3%B3rroga%20presupuestaria%202025_Censurado.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1761203381Informe%20EPSF%20Presupuesto%202025.docx</t>
+    <t>https://gobiernoabierto.santapola.es/storage/uploads/1765360881Bases%20Ejecuci%C3%B3n%202025_Censurado.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.santapola.es/storage/uploads/1739195639Informe%20de%20Control%20Permanente%20previo%20de%20aprobaci%C3%B3n%20de%20ajustes%20a%20la%20baja%20para%20pr%C3%B3rroga%20presupuestaria%202025_Censurado.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1765360980Informe%20EPSF%20Presupuesto%202025_Censurado.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1765360937Informe%20Econ%C3%B3mico-Financiero._Censurado.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1765361037Informe%20intervencion%20presupuesto%202025_Censurado.pdf</t>
   </si>
   <si>
     <t>58155081,36</t>
   </si>
   <si>
     <t>20446328,31</t>
   </si>
   <si>
     <t>21103295,05</t>
   </si>
   <si>
     <t>96008,29</t>
   </si>
   <si>
     <t>3642598,39</t>
   </si>
   <si>
     <t>20285437,06</t>
   </si>
   <si>
     <t>9610331,18</t>
   </si>
   <si>
     <t>13233134,36</t>
   </si>
   <si>
     <t>1682178,76</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/1717149947Aprobaci%C3%B3n%20Definitiva%20BOP%20Presupuesto%202024.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1738741533Pr%C3%B3rroga%20Presupuestaria_Censurado.pdf</t>
   </si>
   <si>
-    <t>https://gobiernoabierto.santapola.es/storage/uploads/1734350357Bases%20de%20Ejecuci%C3%B3n%20Conjunta%202024%20Anonimizado.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1714995974estado%20ejecucion%201%20trimestre.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1739196554estado%20ejecucion%202%20trimestre%202024.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1739196552estado%20ejecucion%203%20trimestre%202024.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1739196553estado%20ejecucion%204%20trimestre%202024.pdf</t>
-[...2 lines deleted...]
-    <t>https://gobiernoabierto.santapola.es/storage/uploads/1711455998Objetivo%20Estab.%20Presup.%20y%20Sostenib.%20Financiera_trimestrales_2023_.xlsx , https://gobiernoabierto.santapola.es/storage/uploads/1738741674Resoluci%C3%B3n_de%20Alcald%C3%ADa%C2%A0_DECRETO%202024-0044_%20Pr%C3%B3rroga%20Presupuestaria_Censurado.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1719398774Santa%20Pola-2023-Informe%20Estabilidad%20(consolidado).docx , https://gobiernoabierto.santapola.es/storage/uploads/1734350356Informe%20Econ%C3%B3mico-financiero%20Anonimizado.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1734350356Informe%20intervencion%20presupuesto%202024%20Anonimizado.pdf</t>
+    <t>https://gobiernoabierto.santapola.es/storage/uploads/1734350357Bases%20de%20Ejecuci%C3%B3n%20Conjunta%202024%20Anonimizado.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.santapola.es/storage/uploads/1711455998Objetivo%20Estab.%20Presup.%20y%20Sostenib.%20Financiera_trimestrales_2023_.xlsx , https://gobiernoabierto.santapola.es/storage/uploads/1738741674Resoluci%C3%B3n_de%20Alcald%C3%ADa%C2%A0_DECRETO%202024-0044_%20Pr%C3%B3rroga%20Presupuestaria_Censurado.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1765361302Santa%20Pola%202024%20Informe%20Estabilidad%20Liquidaci%C3%B3n%20Consolidado_Censurado.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1734350356Informe%20Econ%C3%B3mico-financiero%20Anonimizado.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1734350356Informe%20intervencion%20presupuesto%202024%20Anonimizado.pdf</t>
   </si>
   <si>
     <t>46.007.829,35</t>
   </si>
   <si>
     <t>19.390.480,53</t>
   </si>
   <si>
     <t>17.209.524,00</t>
   </si>
   <si>
     <t>138.935,26</t>
   </si>
   <si>
     <t>3.028.421,51</t>
   </si>
   <si>
     <t>5.743.800,00</t>
   </si>
   <si>
     <t>12.500,00</t>
   </si>
   <si>
     <t>200.000,00</t>
   </si>
   <si>
     <t>284.168,05</t>
   </si>
   <si>
     <t>19.207.850,84</t>
   </si>
   <si>
     <t>1.150.000,00</t>
   </si>
   <si>
     <t>6.902.898,51</t>
   </si>
   <si>
     <t>12.667.080,00</t>
   </si>
   <si>
     <t>770.000,00</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>5.110.000,00</t>
   </si>
   <si>
-    <t>https://gobiernoabierto.santapola.es/storage/uploads/1761202969Santa%20Pola-2024-Infintliqu.docx</t>
+    <t>https://gobiernoabierto.santapola.es/storage/uploads/1765361362Santa%20Pola%202024%20Informe%20Intervenci%C3%B3n%20Liquidaci%C3%B3n_Censurado.pdf , https://gobiernoabierto.santapola.es/storage/uploads/1764060037DECRETO%202025-2188%20%5BResoluci%C3%B3n%20PR_2025_5196%20-%20Resoluci%C3%B3n%20de%20Cierre%20y%20Liquidaci%C3%B3n%20del%20Presupuesto%5D_Censurado.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/167584323401.60.-edicto-aprobacion-incial-presupuesto-2023-PRE23.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/167584323402.-edicto-anuncio-de-aprobacion-definitiva-presupuesto-2023-PRE23.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/167584323403.-certificado-no-alegaciones-PRE23.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/167584323406.46.-presupuesto-ingresos-2023-PRE23.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/167584323305.44.-presupuesto-gastos-2023-PRE23.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/167584323507.22.-memoria-explicativa-del-proyecto-de-presupuesto-PRE23.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/167584323508.48.-bases-de-ejecucion-conjunta-2023-PRE23.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/167584323410.53.-informe-2022-3769-informe-de-intervencion-exp-32468-presupuesto-20-PRE23.pdf , https://gobiernoabierto.santapola.es/storage/uploads/167584323409.42.-informe-economico-financiero-PRE23.pdf</t>
   </si>
@@ -898,75 +898,75 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AI10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AF1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="2"/>
     <col min="2" max="2" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="160" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="279" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="957" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="304" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="704" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="155" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="665" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="251" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="1796" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="462" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="2183" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="17" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="146" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="428" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="1900" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="3130" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>