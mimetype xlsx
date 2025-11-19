--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -437,54 +437,54 @@
   <si>
     <t>https://twitter.com/LoretoSerranoP</t>
   </si>
   <si>
     <t>Relaciones Institucionales. Protocolo y Prensa. Servicios Generales. Servicios Públicos. Planificación Proyectos Europeos.</t>
   </si>
   <si>
     <t>40.512,97</t>
   </si>
   <si>
     <t>&lt;ul&gt;&lt;li&gt;Estudios Técnicos Administrativos&lt;br&gt;Estudios Universitarios de ADE (Administración y Dirección de Empresas) hasta 3er Curso.&lt;br&gt;&lt;strong&gt;Experiencia Laboral:&lt;/strong&gt;&lt;br&gt;1987- Restaurante el Gardí&lt;br&gt;1988-1991 Administrativa en Mariscos Fina&lt;br&gt;1991-1999 Concejal del Grupo Popular en el Ayuntamiento de Santa Pola:&lt;br&gt;Concejal de Servicios Sociales, Juventud y Deportes.&lt;br&gt;Concejal de Hacienda, Personal y Contratación.&lt;br&gt;2000-2003 Personal de Confianza en la Diputación de Alicante. Recursos Humanos&lt;br&gt;2003-2015 Concejal del Grupo Popular en el Ayuntamiento de Santa Pola:&lt;br&gt;Concejal de Personal, Regimen Interior y Turismo&lt;br&gt;Concejal de Infraestructuras, Playas y Limpieza&lt;br&gt;2015-2018 Empresa Illa Infraestructuras&lt;br&gt;2018-2019- Personal de confianza del Grupo Municipal del PP en el Ayuntamiento de&lt;br&gt;Santa Pola&lt;br&gt;2019- Alcaldesa de Santa Pola.&lt;/li&gt;&lt;/ul&gt;</t>
   </si>
   <si>
     <t>https://calendar.google.com/calendar/embed?src=alcaldiasantapola%40gmail.com&amp;ctz=Europe%2FMadrid</t>
   </si>
   <si>
     <t>2023-2027</t>
   </si>
   <si>
     <t>Esteve Ruíz Ródenas</t>
   </si>
   <si>
     <t>Concejal. Portavoz</t>
   </si>
   <si>
-    <t>&lt;div&gt;&lt;strong&gt;Formació &lt;br&gt;&lt;/strong&gt;- Títol de Batxillerat. Sagrado Corazón Hermanos Maristas, Alacant. &lt;br&gt;- Diplomatura en Arquitectura Tècnica. Universitat d’Alacant. &lt;br&gt;- Cursant en l’actualitat grau en Sociologia. UNED. &lt;br&gt;- Certificat oficial d'anglès nivell B2. Escola Oficial d’Idiomes. &lt;br&gt;&lt;br&gt;&lt;strong&gt;Experiència professional &lt;br&gt;&lt;/strong&gt;- Immobiliària Exclusivas Reyna. Elx. &lt;br&gt;- Personal eventual de l’Ajuntament de Santa Pola. &lt;br&gt;&lt;br&gt;&lt;strong&gt;Càrrecs &lt;/strong&gt;&lt;br&gt;- Secretari Comarcal del MÉS - Compromís Baix Vinalopó i Vega Baixa.&amp;nbsp;&lt;br&gt;- Membre del Consell Nacional del MÉS - Compromís.&amp;nbsp;&lt;/div&gt;</t>
-[...2 lines deleted...]
-    <t>https://gobiernoabierto.santapola.es/storage/uploads/1711437736CV ESTEVE RUIZ.pdf</t>
+    <t>&lt;div&gt;&lt;strong&gt;Formación &lt;br&gt;&lt;/strong&gt;- Título de Bachillerato. Sagrado Corazón Hermanos Maristas, Alicante. &lt;br&gt;- Diplomatura en Arquitectura Técnica. Universidad de Alicante &lt;br&gt;- Cursando en la actualidad grado en Sociología. UNED. &lt;br&gt;- Certificado oficial de inglés nivel B2. Escuela Oficial de Idiomas &lt;br&gt;&lt;br&gt;&lt;strong&gt;Experiencia profesional &lt;br&gt;&lt;/strong&gt;- Immobiliaria Exclusivas Reyna. Elche. (2014 - 2015) &lt;br&gt;- Personal eventual del Ayuntamiento de Santa Pola. (2015-2023)&lt;br&gt;- DomusVi Santa Pola. Recepcionista (2024 - )&lt;br&gt;&lt;br&gt;&lt;strong&gt;Cargos &lt;/strong&gt;&lt;br&gt;- Portavoz del Grupo Municipal Més Santa Pola&lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.santapola.es/storage/uploads/1760704680CV Esteve Ajuntament.pdf</t>
   </si>
   <si>
     <t>Més Santa Pola</t>
   </si>
   <si>
     <t>Concejala</t>
   </si>
   <si>
     <t xml:space="preserve"> (2025) 34.067,88 </t>
   </si>
   <si>
     <t>&lt;div&gt;&lt;strong&gt;Formació&lt;br&gt;&lt;/strong&gt;- Títol de Batxillerat. IES Cap de l’Aljub, Santa Pola. &lt;br&gt;- Grau en Dret. Especialització en Dret Patrimonial i de l’Empresa. Universitat d’Alacant. &lt;br&gt;- Certificat oficial administratiu de coneixements de valencià. Grau Mitjà (C1). Junta Qualificadora de coneixements de valencià. &lt;br&gt;&lt;br&gt;&lt;strong&gt;Experiència professional &lt;br&gt;&lt;/strong&gt;- Restauració. - SUMA Gestió Tributària. Programa GIPE UA. Càrrecs&amp;nbsp;&lt;br&gt;- Regidora-Portaveu del Grup Municipal de Compromís per Santa Pola a l’Ajuntament de Santa Pola.&amp;nbsp;&lt;br&gt;- Portaveu de la Comissió Executiva Local de Compromís per Santa Pola.&amp;nbsp;&lt;br&gt;- Membre de la Executiva Nacional d’Iniciativa del PV.&amp;nbsp;&lt;/div&gt;</t>
   </si>
   <si>
     <t>Concejala. Portavoz</t>
   </si>
   <si>
     <t xml:space="preserve"> (2025) 37.229,92 </t>
   </si>
   <si>
     <t>&lt;div&gt;&lt;strong&gt;Formación Académica &lt;br&gt;&lt;/strong&gt;Universidad Nacional a Distancia (UNED) (Elche; 2019-actualidad) &lt;br&gt;Grado en Ciencias Políticas y de la Administración. &lt;br&gt;&lt;br&gt;Universidad Miguel Hernández de Elche (Septiembre 2014-Febrero 2018) &lt;br&gt;Grado en Derecho. Graduada como miembro de la promoción 2014-2018 del Grado en Derecho de la Universidad Miguel Hernández. &lt;br&gt;&lt;br&gt;I.E.S. Cap de L´Aljub (Santa Pola. 2005-2007) &lt;br&gt;Bachillerato en la Modalidad de Ciencias Naturales y de la Salud. Colegio Público Cervantes (Santa Pola) Educación primaria y secundaria. &lt;br&gt;&lt;br&gt;Junta Qualificadora de Coneixements del Valencià (Junio 2011) &lt;br&gt;Certificado Oficial Administrativo de Conocimientos de Valenciano Grado Superior. &lt;br&gt;&lt;br&gt;Junta Qualificadora de Coneixements del Valencià (Junio 2010) &lt;br&gt;Certificado Oficial Administrativo de Conocimientos de Valenciano Grado Medio. &lt;br&gt;&lt;br&gt;Richard Language College Bornemouth (Bornemouth; United Kingdom, Dorset; Septiembre 2007-2009) &lt;br&gt;Certificado Oficial Post Intermediate equivalente a B1. &lt;br&gt;&lt;br&gt;Banda Unión Musical de Santa Pola (Santa Pola; Junio 2004) &lt;br&gt;Certificado Oficial de pertenencia a la Banda Unión Musical de Santa Pola. &lt;br&gt;&lt;br&gt;Escuela de Música Maestro Alfosea (Santa Pola; 2003-2004) &lt;br&gt;Grado Elemental Lenguaje Musical Grado Elemental Flauta Travesera &lt;br&gt;&lt;br&gt;Sociedad Internacional de Profesores de Baile de España (Alicante; Junio 2003) &lt;br&gt;Certificado Oficial Matrícula de Honor Modalidad Disco; Notable modalidad Ballet. &lt;br&gt;&lt;br&gt;&lt;strong&gt;Experiencia Profesional &lt;br&gt;&lt;/strong&gt;Vox Alicante &lt;br&gt;Vocal Comité Ejecutivo Provincial (Alicante; 2021-2024) &lt;br&gt;Responsable Provincial Intermunicipal Alicante (2024-...) &lt;br&gt;Vicepresidente Vox Alicante (2024-...) &lt;br&gt;&lt;br&gt;Ayuntamiento de Santa Pola Concejal Portavoz Grupo Municipal Vox Santa Pola (2019-2023) &lt;br&gt;Concejal Portavoz Grupo Municipal Vox Santa Pola (2023-...) &lt;br&gt;Vox Partido Político Coordinador Vox Santa Pola (2020-...)&lt;br&gt;&lt;br&gt;Universidad Miguel Hernández de Elche (Elche; 2016) &lt;br&gt;Departamento de Planificación, Organización y Realización de Actividades de Difusión Social y Docencia de la Facultad de Ciencias Sociales y Jurídicas de la UMH. &lt;br&gt;&lt;br&gt;Ayuntamiento de Santa Pola (Santa Pola; Verano 2008) &lt;br&gt;Informador Turístico &lt;br&gt;Asesoramiento turístico bilingüe. &lt;br&gt;Atención al público en las oficinas de turismo municipales. &lt;br&gt;&lt;br&gt;Ayuntamiento de Santa Pola (Santa Pola; Verano 2007) &lt;br&gt;Informador Turístico Asesoramiento turístico bilingüe. &lt;br&gt;Atención al público en las oficinas de turismo municipales. &lt;br&gt;&lt;br&gt;&lt;strong&gt;Idiomas &lt;/strong&gt;&lt;br&gt;Español: Nativo&amp;nbsp;&lt;br&gt;Valenciano: Nativo&amp;nbsp;&lt;br&gt;Inglés: Post Intermediate&amp;nbsp;&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://gobiernoabierto.santapola.es/storage/uploads/1712314978CV Mireia Moya Lafuente.pdf</t>
   </si>